--- v0 (2026-01-08)
+++ v1 (2026-03-05)
@@ -2463,51 +2463,51 @@
       <c r="V3" s="25"/>
       <c r="W3" s="25"/>
       <c r="X3" s="25"/>
       <c r="Y3" s="25"/>
       <c r="Z3" s="25"/>
       <c r="AA3" s="25"/>
       <c r="AB3" s="25"/>
       <c r="AC3" s="25"/>
     </row>
     <row r="4" spans="1:33" customHeight="1" ht="47.25">
       <c r="B4" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="125" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="125"/>
       <c r="E4" s="125"/>
       <c r="F4" s="125"/>
       <c r="G4" s="125"/>
       <c r="H4" s="125"/>
       <c r="I4" s="125"/>
       <c r="K4" s="2"/>
       <c r="O4" s="126">
         <f>TODAY()</f>
-        <v>46030</v>
+        <v>46086</v>
       </c>
       <c r="P4" s="126"/>
       <c r="Q4" s="126"/>
       <c r="R4" s="126"/>
     </row>
     <row r="5" spans="1:33" customHeight="1" ht="28.8">
       <c r="B5" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="26" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="27"/>
       <c r="E5" s="27"/>
       <c r="F5" s="27"/>
       <c r="G5" s="27"/>
       <c r="H5" s="27"/>
       <c r="K5" s="2"/>
       <c r="R5" s="28" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:33" customHeight="1" ht="18.75">
       <c r="B6" s="30" t="s">
         <v>1</v>